--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb93060c9114bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40f7dd12ca5f4eb58356693615715a71.psmdcp" Id="R72ca4fd5e72c47c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54acee634d554625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f503e96d2b074b85aa45f2156d7d726a.psmdcp" Id="R1b49165c03924dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="لجان العمل الداخلية والخارجية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد اللجان</x:t>
   </x:si>
   <x:si>
     <x:t>164</x:t>
   </x:si>
   <x:si>