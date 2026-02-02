--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54acee634d554625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f503e96d2b074b85aa45f2156d7d726a.psmdcp" Id="R1b49165c03924dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a0750ff615240c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/982df085d1e94891b2f7925516a378b4.psmdcp" Id="R7081bf1bd4a8421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="لجان العمل الداخلية والخارجية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد اللجان</x:t>
   </x:si>
   <x:si>
     <x:t>164</x:t>
   </x:si>
   <x:si>