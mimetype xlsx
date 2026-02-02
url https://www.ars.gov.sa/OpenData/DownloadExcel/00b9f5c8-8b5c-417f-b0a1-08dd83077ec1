--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a0750ff615240c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/982df085d1e94891b2f7925516a378b4.psmdcp" Id="R7081bf1bd4a8421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d911d3c3e24796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7de02b41f5647ef97094c6cab88489d.psmdcp" Id="R49ec7a0b83554e0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="لجان العمل الداخلية والخارجية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد اللجان</x:t>
   </x:si>
   <x:si>
     <x:t>164</x:t>
   </x:si>
   <x:si>