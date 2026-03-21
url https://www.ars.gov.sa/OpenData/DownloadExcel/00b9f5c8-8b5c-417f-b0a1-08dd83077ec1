--- v3 (2026-02-02)
+++ v4 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d911d3c3e24796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7de02b41f5647ef97094c6cab88489d.psmdcp" Id="R49ec7a0b83554e0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9170bddee834874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/262c0dc703834d16b96dd5bd2ba022ed.psmdcp" Id="Rb41747fcdab945b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="لجان العمل الداخلية والخارجية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد اللجان</x:t>
   </x:si>
   <x:si>
     <x:t>164</x:t>
   </x:si>
   <x:si>