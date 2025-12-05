--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R591ba5dec2d04398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a08ccd10d4de430e85e25cc04622192b.psmdcp" Id="Ra44adc72febd47a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ade55e840c4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d26104c24c64c8d9818942f1b47af9b.psmdcp" Id="Rc0da1b4b8ae94c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الحدائق والمسطحات الخضراء " sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>مساحة المسطحات الخضراء</x:t>
   </x:si>
   <x:si>
     <x:t>11629015</x:t>
   </x:si>
   <x:si>