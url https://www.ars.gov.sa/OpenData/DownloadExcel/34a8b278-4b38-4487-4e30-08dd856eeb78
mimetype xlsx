--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ade55e840c4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d26104c24c64c8d9818942f1b47af9b.psmdcp" Id="Rc0da1b4b8ae94c04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71c2704784e4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abba8ab1e75a4f8aae6c86f46bdfb0b3.psmdcp" Id="Rc655b2368bff4a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الحدائق والمسطحات الخضراء " sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>مساحة المسطحات الخضراء</x:t>
   </x:si>
   <x:si>
     <x:t>11629015</x:t>
   </x:si>
   <x:si>