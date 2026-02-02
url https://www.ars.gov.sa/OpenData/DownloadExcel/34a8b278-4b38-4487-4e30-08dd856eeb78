--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71c2704784e4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abba8ab1e75a4f8aae6c86f46bdfb0b3.psmdcp" Id="Rc655b2368bff4a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d689f3a5fee47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb444e9689ff48fc8f25b21523396957.psmdcp" Id="Rc707b5ddc1034b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الحدائق والمسطحات الخضراء " sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>مساحة المسطحات الخضراء</x:t>
   </x:si>
   <x:si>
     <x:t>11629015</x:t>
   </x:si>
   <x:si>