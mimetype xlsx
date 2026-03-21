--- v3 (2026-02-02)
+++ v4 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d689f3a5fee47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb444e9689ff48fc8f25b21523396957.psmdcp" Id="Rc707b5ddc1034b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3826cc50d8f47f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5925bcf3cb9b4c578c4dd80b15b2a091.psmdcp" Id="Rf8d5275e2dee4f97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الحدائق والمسطحات الخضراء " sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>مساحة المسطحات الخضراء</x:t>
   </x:si>
   <x:si>
     <x:t>11629015</x:t>
   </x:si>
   <x:si>