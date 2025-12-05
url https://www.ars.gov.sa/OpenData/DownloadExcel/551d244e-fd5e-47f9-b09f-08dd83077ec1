--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5723e3ad8e14c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3be223fb163e4d769d8ee31947dec835.psmdcp" Id="R56f862bbbd0c48e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c50d568cfc941f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dad1da16f93040fba0b91009e0762771.psmdcp" Id="Rfe4d5a64d4e646fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الأشجار والزهور" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد الأشجار</x:t>
   </x:si>
   <x:si>
     <x:t>830298</x:t>
   </x:si>
   <x:si>