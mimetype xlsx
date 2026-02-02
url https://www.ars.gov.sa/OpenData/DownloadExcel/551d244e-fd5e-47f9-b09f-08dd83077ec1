--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c50d568cfc941f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dad1da16f93040fba0b91009e0762771.psmdcp" Id="Rfe4d5a64d4e646fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a50ebbf02e4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8126cc1623d441918b1b5b686d4c1a68.psmdcp" Id="Re251250f3d0841a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الأشجار والزهور" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد الأشجار</x:t>
   </x:si>
   <x:si>
     <x:t>830298</x:t>
   </x:si>
   <x:si>