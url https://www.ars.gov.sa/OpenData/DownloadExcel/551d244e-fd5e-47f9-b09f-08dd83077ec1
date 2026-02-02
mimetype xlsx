--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a50ebbf02e4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8126cc1623d441918b1b5b686d4c1a68.psmdcp" Id="Re251250f3d0841a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf954f26e986a404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ee4787eb8264195ab7eb2abbc0a1277.psmdcp" Id="R1a6a841d66124c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الأشجار والزهور" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد الأشجار</x:t>
   </x:si>
   <x:si>
     <x:t>830298</x:t>
   </x:si>
   <x:si>