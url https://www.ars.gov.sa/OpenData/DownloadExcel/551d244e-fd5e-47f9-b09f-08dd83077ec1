--- v3 (2026-02-02)
+++ v4 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf954f26e986a404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ee4787eb8264195ab7eb2abbc0a1277.psmdcp" Id="R1a6a841d66124c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1408524687554fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d75d7216e75145e28e7ac66cbea2a9dd.psmdcp" Id="R9a9c01cfcb1d4b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="الأشجار والزهور" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد الأشجار</x:t>
   </x:si>
   <x:si>
     <x:t>830298</x:t>
   </x:si>
   <x:si>