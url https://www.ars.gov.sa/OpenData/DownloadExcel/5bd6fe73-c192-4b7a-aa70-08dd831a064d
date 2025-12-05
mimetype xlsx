--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf92cb562cfd6437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80f8bf6bc2c8479d91b734bc53658074.psmdcp" Id="R25e33dafe7a84c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec8d59909354e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/856150468de747f4a5914d84c0f100c9.psmdcp" Id="Rf5cdeeb2ad7147d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="تصريف مياه الامطار" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">الخرسانة العادية للحوائط الاستنادية م3 </x:t>
   </x:si>
   <x:si>
     <x:t>213928</x:t>
   </x:si>
   <x:si>