--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec8d59909354e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/856150468de747f4a5914d84c0f100c9.psmdcp" Id="Rf5cdeeb2ad7147d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ba06f5b80654387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dc2873e26544c188ce1e6e2469ac836.psmdcp" Id="R183e3884dd054eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="تصريف مياه الامطار" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">الخرسانة العادية للحوائط الاستنادية م3 </x:t>
   </x:si>
   <x:si>
     <x:t>213928</x:t>
   </x:si>
   <x:si>