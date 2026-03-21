--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ba06f5b80654387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dc2873e26544c188ce1e6e2469ac836.psmdcp" Id="R183e3884dd054eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ec160184154996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8d54d378465456787c07e9e198cf3e1.psmdcp" Id="R51f9ddd380c44081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="تصريف مياه الامطار" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">الخرسانة العادية للحوائط الاستنادية م3 </x:t>
   </x:si>
   <x:si>
     <x:t>213928</x:t>
   </x:si>
   <x:si>