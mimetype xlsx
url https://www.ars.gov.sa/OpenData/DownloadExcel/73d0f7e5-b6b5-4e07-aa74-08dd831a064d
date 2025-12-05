--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R735d3400ce8449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abbe773b0b8447a299cfd5f4b5b15a04.psmdcp" Id="R114fed85af25423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b184f355574c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c3ff32fc34d4bed99d5f4d27e827c72.psmdcp" Id="R9a7940d69aa74a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="أعمال ردم المستنقعات" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>معالجة المستنقعات حيوية م2</x:t>
   </x:si>
   <x:si>
     <x:t>165142</x:t>
   </x:si>
   <x:si>