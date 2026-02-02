--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b184f355574c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c3ff32fc34d4bed99d5f4d27e827c72.psmdcp" Id="R9a7940d69aa74a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b4f7a7f41c6407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1e944ee1ad34c988c9777b003919504.psmdcp" Id="R03071f581f3741a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="أعمال ردم المستنقعات" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>معالجة المستنقعات حيوية م2</x:t>
   </x:si>
   <x:si>
     <x:t>165142</x:t>
   </x:si>
   <x:si>