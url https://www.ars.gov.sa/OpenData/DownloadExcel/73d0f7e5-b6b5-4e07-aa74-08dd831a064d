--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b4f7a7f41c6407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1e944ee1ad34c988c9777b003919504.psmdcp" Id="R03071f581f3741a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a789c53cb8648b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13539f8011b14ec29b1cc7b614efe802.psmdcp" Id="R5c057e43b2bc43d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="أعمال ردم المستنقعات" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>معالجة المستنقعات حيوية م2</x:t>
   </x:si>
   <x:si>
     <x:t>165142</x:t>
   </x:si>
   <x:si>