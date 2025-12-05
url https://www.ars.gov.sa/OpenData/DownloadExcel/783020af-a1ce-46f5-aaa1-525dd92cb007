--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f608658f7145d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6d8becd57424f4197a002eb7f671fed.psmdcp" Id="Ra0cf6b9499474674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a40a2372d34d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3b4c58b86f24e8cb6d6ee725b3c84c3.psmdcp" Id="R14c17b83fc84448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="نشاطات التفتيش الصحي" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد محلات الصحة العامة التي منحت تراخيص</x:t>
   </x:si>
   <x:si>
     <x:t>15538</x:t>
   </x:si>
   <x:si>