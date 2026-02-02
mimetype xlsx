--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a40a2372d34d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3b4c58b86f24e8cb6d6ee725b3c84c3.psmdcp" Id="R14c17b83fc84448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0530cca0f86b47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d2a4a0f0fae4a1b91990e19640b3665.psmdcp" Id="R063414b6bdb949ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="نشاطات التفتيش الصحي" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد محلات الصحة العامة التي منحت تراخيص</x:t>
   </x:si>
   <x:si>
     <x:t>15538</x:t>
   </x:si>
   <x:si>