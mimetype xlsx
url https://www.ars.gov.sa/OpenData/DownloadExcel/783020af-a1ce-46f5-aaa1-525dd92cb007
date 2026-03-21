--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0530cca0f86b47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d2a4a0f0fae4a1b91990e19640b3665.psmdcp" Id="R063414b6bdb949ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5100a8910c26442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c2f899ca4e0425fa5efa22cb19645d4.psmdcp" Id="R0c72c835d41d4280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="نشاطات التفتيش الصحي" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>عدد محلات الصحة العامة التي منحت تراخيص</x:t>
   </x:si>
   <x:si>
     <x:t>15538</x:t>
   </x:si>
   <x:si>