--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e37bcb5af924f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8aec63b6dbe5466c873113fb68f95d17.psmdcp" Id="R97acc99b2fcf4ee3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1b370bfeb94984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0f9e71566ff479fa10e2f3b9d21ecd3.psmdcp" Id="R73fa03648c1748ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="المراكز الحضرية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve"> عدد المراكز الحضرية</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>