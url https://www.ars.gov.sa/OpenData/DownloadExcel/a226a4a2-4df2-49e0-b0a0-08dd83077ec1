--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1b370bfeb94984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0f9e71566ff479fa10e2f3b9d21ecd3.psmdcp" Id="R73fa03648c1748ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f455de85f147f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea9e31e43a2b45d5849cafab40d4db58.psmdcp" Id="R3ff22c28772c423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="المراكز الحضرية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve"> عدد المراكز الحضرية</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>