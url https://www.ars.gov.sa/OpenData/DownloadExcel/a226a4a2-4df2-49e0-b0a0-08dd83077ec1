--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f455de85f147f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea9e31e43a2b45d5849cafab40d4db58.psmdcp" Id="R3ff22c28772c423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8aa905088654eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/817013a97be6409ab575ab4dc9cd5f3f.psmdcp" Id="Rd67bb72de8a34058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="المراكز الحضرية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve"> عدد المراكز الحضرية</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>