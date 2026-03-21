--- v3 (2026-02-02)
+++ v4 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8aa905088654eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/817013a97be6409ab575ab4dc9cd5f3f.psmdcp" Id="Rd67bb72de8a34058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402c69913a104929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b03240d2ce344d7192903825305e0f6a.psmdcp" Id="Re3eaec170d7c46b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="المراكز الحضرية" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve"> عدد المراكز الحضرية</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>