--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15573811e014ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e53b9ab53bf4cc49cc682c1cb41360b.psmdcp" Id="R223a4e150c564d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a4da922f174b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cbe218b99ca41e8820816972ba08b47.psmdcp" Id="R8dc16f58bc934bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="نزع الملكية " sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>الغرض من النزع (خطوط التنظيم )</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>