--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a4da922f174b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cbe218b99ca41e8820816972ba08b47.psmdcp" Id="R8dc16f58bc934bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc1e1840b514e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7040cff70934a6d95ff8974ee1d0854.psmdcp" Id="R7744ec5552f541cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="نزع الملكية " sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>الغرض من النزع (خطوط التنظيم )</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>