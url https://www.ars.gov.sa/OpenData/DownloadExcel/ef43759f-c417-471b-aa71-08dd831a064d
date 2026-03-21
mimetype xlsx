--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc1e1840b514e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7040cff70934a6d95ff8974ee1d0854.psmdcp" Id="R7744ec5552f541cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865a544fff564f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8da2c4ed55b84b1996a1e9f7d1190670.psmdcp" Id="Rc50d3ee501f04ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="نزع الملكية " sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>الغرض من النزع (خطوط التنظيم )</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>